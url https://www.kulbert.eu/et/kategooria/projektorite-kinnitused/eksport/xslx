--- v0 (2025-12-27)
+++ v1 (2026-02-24)
@@ -104,51 +104,51 @@
   <si>
     <t>PPC1555</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vogels PPC1555  55-85cm</t>
   </si>
   <si>
     <t>PPC1585</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vogels PPC1585 85-135cm</t>
   </si>
   <si>
     <t>PPC2540</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vogels PPC2540 45-55cm. - pikad kinnitushaarad</t>
   </si>
   <si>
     <t>PPL2100</t>
   </si>
   <si>
     <t>Laekinnitus projektorile Vogels PPL2100 Vogels lift süsteem + PPA RF remote control</t>
   </si>
   <si>
-    <t>Laekinnitus projektorile Techly, pikkus 54-90 cm. , kood 309661</t>
+    <t>Laekinnitus projektorile Techly, pikkus 54-90 cm. , Techly ICA-PM-18M</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#,##0.00_-&quot;€&quot;"/>
   </numFmts>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -555,51 +555,51 @@
       <c r="D3" s="2"/>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4" t="s">
         <v>8</v>
       </c>
       <c r="C4" s="1">
         <v>84.5</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>9</v>
       </c>
       <c r="B5" t="s">
         <v>10</v>
       </c>
       <c r="C5" s="1">
         <v>123.5</v>
       </c>
       <c r="D5" s="2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>12</v>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7">
         <v>7350073735235</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1">
         <v>137.15</v>
       </c>
       <c r="D7" s="2"/>
@@ -688,51 +688,53 @@
       </c>
       <c r="D14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" t="s">
         <v>28</v>
       </c>
       <c r="B15" t="s">
         <v>29</v>
       </c>
       <c r="C15" s="1">
         <v>936</v>
       </c>
       <c r="D15" s="2"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16">
         <v>62688</v>
       </c>
       <c r="B16" t="s">
         <v>30</v>
       </c>
       <c r="C16" s="1">
         <v>36</v>
       </c>
-      <c r="D16" s="2"/>
+      <c r="D16" s="2">
+        <v>2</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">