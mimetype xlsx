--- v0 (2025-12-27)
+++ v1 (2026-02-24)
@@ -633,114 +633,114 @@
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="2" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" s="1">
         <v>169.89</v>
       </c>
-      <c r="D2" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D2" s="2"/>
     </row>
     <row r="3" spans="1:26">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" s="1">
         <v>184.8</v>
       </c>
-      <c r="D3" s="2"/>
+      <c r="D3" s="2">
+        <v>4</v>
+      </c>
     </row>
     <row r="4" spans="1:26">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" s="1">
         <v>1862.5</v>
       </c>
       <c r="D4" s="2"/>
     </row>
     <row r="5" spans="1:26">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="1">
         <v>877.33</v>
       </c>
       <c r="D5" s="2"/>
     </row>
     <row r="6" spans="1:26">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="1">
         <v>1250.44</v>
       </c>
       <c r="D6" s="2"/>
     </row>
     <row r="7" spans="1:26">
       <c r="A7" t="s">
         <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7" s="1">
         <v>597.3</v>
       </c>
       <c r="D7" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>17</v>
       </c>
       <c r="C8" s="1">
         <v>7899</v>
       </c>
       <c r="D8" s="2">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
         <v>19</v>
       </c>
       <c r="C9" s="1">
         <v>372.9</v>
@@ -881,53 +881,51 @@
       <c r="C20" s="1"/>
       <c r="D20" s="2"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>43</v>
       </c>
       <c r="C21" s="1">
         <v>547.03</v>
       </c>
       <c r="D21" s="2"/>
     </row>
     <row r="22" spans="1:26">
       <c r="A22" t="s">
         <v>44</v>
       </c>
       <c r="B22" t="s">
         <v>45</v>
       </c>
       <c r="C22" s="1">
         <v>708.34</v>
       </c>
-      <c r="D22" s="2">
-[...1 lines deleted...]
-      </c>
+      <c r="D22" s="2"/>
     </row>
     <row r="23" spans="1:26">
       <c r="A23" t="s">
         <v>46</v>
       </c>
       <c r="B23" t="s">
         <v>47</v>
       </c>
       <c r="C23" s="1">
         <v>836.61</v>
       </c>
       <c r="D23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="A24" t="s">
         <v>48</v>
       </c>
       <c r="B24" t="s">
         <v>49</v>
       </c>
       <c r="C24" s="1">
         <v>1005.58</v>
       </c>
       <c r="D24" s="2"/>
     </row>